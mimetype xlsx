--- v0 (2025-12-15)
+++ v1 (2026-02-14)
@@ -1,64 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="bin" ContentType="application/vnd.ms-excel.sheet.binary.macroEnabled.main"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="data" ContentType="application/vnd.openxmlformats-officedocument.model+data"/>
   <Default Extension="bmp" ContentType="image/bmp"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="tif" ContentType="image/tiff"/>
   <Default Extension="tiff" ContentType="image/tiff"/>
   <Default Extension="pdf" ContentType="application/pdf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="194H" sheetId="1" r:id="rId1"/>
-    <sheet name="194I" sheetId="2" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xlrd="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
   <metadataTypes count="1">
     <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
   </metadataTypes>
   <futureMetadata name="XLDAPR" count="1">
     <bk>
       <extLst>
         <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
           <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <cellMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </cellMetadata>
 </metadata>
 </file>
@@ -88,51 +86,51 @@
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleMedium4"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -413,1503 +411,1659 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:J47"/>
+  <dimension ref="A1:J55"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>paymentDate</v>
       </c>
       <c r="B1" t="str">
         <v>panName</v>
       </c>
       <c r="C1" t="str">
         <v>panNumber</v>
       </c>
       <c r="D1" t="str">
         <v>amount</v>
       </c>
       <c r="E1" t="str">
         <v>tdsRate</v>
       </c>
       <c r="F1" t="str">
         <v>netAmt</v>
       </c>
       <c r="G1" t="str">
         <v>tdsAmt</v>
       </c>
       <c r="H1" t="str">
         <v>categoryName</v>
       </c>
       <c r="I1" t="str">
         <v>displayName</v>
       </c>
       <c r="J1" t="str">
         <v>account</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1">
-        <v>45992</v>
+        <v>46055</v>
       </c>
       <c r="B2" t="str">
-        <v>SURENDRA KUMAR</v>
+        <v>SACHIN KUMAR YADAV</v>
       </c>
       <c r="C2" t="str">
-        <v>BQBPK3761L</v>
+        <v>BLWPY3940H</v>
       </c>
       <c r="D2">
-        <v>100000</v>
+        <v>300750</v>
       </c>
       <c r="E2">
         <v>2</v>
       </c>
       <c r="F2">
-        <v>98000</v>
+        <v>294735</v>
       </c>
       <c r="G2">
-        <v>2000</v>
+        <v>6015</v>
       </c>
       <c r="H2" t="str">
         <v>194H</v>
       </c>
       <c r="I2" t="str">
-        <v>SURENDER ALWAR SALES TEAM</v>
+        <v>SACHIN NEEMRANA DSA</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1">
-        <v>45992</v>
+        <v>46056</v>
       </c>
       <c r="B3" t="str">
-        <v>BHAGIRATH</v>
+        <v>ROHIT KUMAR</v>
       </c>
       <c r="C3" t="str">
-        <v>EFEPB7369A</v>
+        <v>FAQPK7751B</v>
       </c>
       <c r="D3">
-        <v>50000</v>
+        <v>30000</v>
       </c>
       <c r="E3">
         <v>2</v>
       </c>
       <c r="F3">
-        <v>49000</v>
+        <v>29400</v>
       </c>
       <c r="G3">
-        <v>1000</v>
+        <v>600</v>
       </c>
       <c r="H3" t="str">
         <v>194H</v>
       </c>
       <c r="I3" t="str">
-        <v>BHAGIRATH RAJASTHAN</v>
+        <v>ROHIT KUMAR ANMOL FINANCE</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1">
-        <v>45994</v>
+        <v>46056</v>
       </c>
       <c r="B4" t="str">
-        <v>SACHIN KUMAR YADAV</v>
+        <v>DEEPAK KUMAR</v>
       </c>
       <c r="C4" t="str">
-        <v>BLWPY3940H</v>
+        <v>ARWPK6201G</v>
       </c>
       <c r="D4">
-        <v>30883.7</v>
+        <v>50000</v>
       </c>
       <c r="E4">
         <v>2</v>
       </c>
       <c r="F4">
-        <v>30266.03</v>
+        <v>49000</v>
       </c>
       <c r="G4">
-        <v>617.67</v>
+        <v>1000</v>
       </c>
       <c r="H4" t="str">
         <v>194H</v>
       </c>
       <c r="I4" t="str">
-        <v>SACHIN NEEMRANA DSA</v>
+        <v>DEEPAK CANDITMONEY</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1">
-        <v>45994</v>
+        <v>46058</v>
       </c>
       <c r="B5" t="str">
-        <v>NARDEV SINGH</v>
+        <v>SUBHASH CHAND YADAV</v>
       </c>
       <c r="C5" t="str">
-        <v>CZSPS3873E</v>
+        <v>AOFPY5226B</v>
       </c>
       <c r="D5">
-        <v>473243.17</v>
+        <v>148770</v>
       </c>
       <c r="E5">
         <v>2</v>
       </c>
       <c r="F5">
-        <v>463778.31</v>
+        <v>145794.6</v>
       </c>
       <c r="G5">
-        <v>9464.86</v>
+        <v>2975.4</v>
       </c>
       <c r="H5" t="str">
         <v>194H</v>
       </c>
       <c r="I5" t="str">
-        <v>NARDEV SALES TEAM</v>
+        <v>MANOJ PAOTA</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1">
-        <v>45994</v>
+        <v>46058</v>
       </c>
       <c r="B6" t="str">
-        <v>SAJID</v>
+        <v>DURGA CHAUHAN</v>
       </c>
       <c r="C6" t="str">
-        <v>CTDPS8366P</v>
+        <v>BUVPC3287K</v>
       </c>
       <c r="D6">
-        <v>149500</v>
+        <v>25000</v>
       </c>
       <c r="E6">
         <v>2</v>
       </c>
       <c r="F6">
-        <v>146510</v>
+        <v>24500</v>
       </c>
       <c r="G6">
-        <v>2990</v>
+        <v>500</v>
       </c>
       <c r="H6" t="str">
         <v>194H</v>
       </c>
       <c r="I6" t="str">
-        <v>SACHIN MOHAN</v>
+        <v>DOLI GURGAON SALES</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1">
-        <v>45995</v>
+        <v>46058</v>
       </c>
       <c r="B7" t="str">
-        <v>SHIV KUMAR</v>
+        <v>HARI OM SHARMA</v>
       </c>
       <c r="C7" t="str">
-        <v>DGEPK5294M</v>
+        <v>KWOPS0353C</v>
       </c>
       <c r="D7">
-        <v>294452</v>
+        <v>24650</v>
       </c>
       <c r="E7">
         <v>2</v>
       </c>
       <c r="F7">
-        <v>288562.96</v>
+        <v>24157</v>
       </c>
       <c r="G7">
-        <v>5889.04</v>
+        <v>493</v>
       </c>
       <c r="H7" t="str">
         <v>194H</v>
       </c>
       <c r="I7" t="str">
-        <v>SHIV KUMAR REWARI</v>
+        <v>HARIOM SHARMA KOSHI KALAN</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1">
-        <v>45995</v>
+        <v>46058</v>
       </c>
       <c r="B8" t="str">
-        <v>MANJEET SANGWAN</v>
+        <v>VIKASH JANGID</v>
       </c>
       <c r="C8" t="str">
-        <v>DVLPK1860F</v>
+        <v>AXKPJ3664Q</v>
       </c>
       <c r="D8">
-        <v>100000</v>
+        <v>200000</v>
       </c>
       <c r="E8">
         <v>2</v>
       </c>
       <c r="F8">
-        <v>98000</v>
+        <v>196000</v>
       </c>
       <c r="G8">
-        <v>2000</v>
+        <v>4000</v>
       </c>
       <c r="H8" t="str">
         <v>194H</v>
       </c>
       <c r="I8" t="str">
-        <v>MANJEET SANGWAN BAHARDURGARH</v>
+        <v>VIKAS JANGID</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1">
-        <v>45995</v>
+        <v>46059</v>
       </c>
       <c r="B9" t="str">
-        <v>YOGENDER</v>
+        <v>SAJID</v>
       </c>
       <c r="C9" t="str">
-        <v>BIVPY5815R</v>
+        <v>CTDPS8366P</v>
       </c>
       <c r="D9">
-        <v>41826</v>
+        <v>89186</v>
       </c>
       <c r="E9">
         <v>2</v>
       </c>
       <c r="F9">
-        <v>40989.48</v>
+        <v>87402.28</v>
       </c>
       <c r="G9">
-        <v>836.52</v>
+        <v>1783.72</v>
       </c>
       <c r="H9" t="str">
         <v>194H</v>
       </c>
       <c r="I9" t="str">
-        <v>YASH SALE STEAM</v>
+        <v>SACHIN MOHAN</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1">
-        <v>45995</v>
+        <v>46059</v>
       </c>
       <c r="B10" t="str">
-        <v>RITIKA KAPIL CHOPRA</v>
+        <v>JITENDER KUMAR</v>
       </c>
       <c r="C10" t="str">
-        <v>BVUPR8991P</v>
+        <v>GOYPK1128H</v>
       </c>
       <c r="D10">
-        <v>120000</v>
+        <v>67002.1</v>
       </c>
       <c r="E10">
         <v>2</v>
       </c>
       <c r="F10">
-        <v>117600</v>
+        <v>65662.06</v>
       </c>
       <c r="G10">
-        <v>2400</v>
+        <v>1340.04</v>
       </c>
       <c r="H10" t="str">
         <v>194H</v>
       </c>
       <c r="I10" t="str">
-        <v>KAPIL CHOPRA KARNAL</v>
+        <v>Jitendera Bhiwadi</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1">
-        <v>45995</v>
+        <v>46059</v>
       </c>
       <c r="B11" t="str">
-        <v>DEEPAK KUMAR</v>
+        <v>MADHUBALA</v>
       </c>
       <c r="C11" t="str">
-        <v>ARWPK6201G</v>
+        <v>FEHPB7841L</v>
       </c>
       <c r="D11">
-        <v>80000</v>
+        <v>183675</v>
       </c>
       <c r="E11">
         <v>2</v>
       </c>
       <c r="F11">
-        <v>78400</v>
+        <v>180001.5</v>
       </c>
       <c r="G11">
-        <v>1600</v>
+        <v>3673.5</v>
       </c>
       <c r="H11" t="str">
         <v>194H</v>
       </c>
       <c r="I11" t="str">
-        <v>DEEPAK CANDITMONEY</v>
+        <v>Radhika Finance</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1">
-        <v>45995</v>
+        <v>46059</v>
       </c>
       <c r="B12" t="str">
-        <v>KAPIL CHOPRA</v>
+        <v>MAHESH KUMAR</v>
       </c>
       <c r="C12" t="str">
-        <v>AHOPC7739D</v>
+        <v>CMFPK2767P</v>
       </c>
       <c r="D12">
-        <v>308960.7</v>
+        <v>875200</v>
       </c>
       <c r="E12">
         <v>2</v>
       </c>
       <c r="F12">
-        <v>302781.49</v>
+        <v>857696</v>
       </c>
       <c r="G12">
-        <v>6179.21</v>
+        <v>17504</v>
       </c>
       <c r="H12" t="str">
         <v>194H</v>
       </c>
       <c r="I12" t="str">
-        <v>KAPIL CHOPRA KARNAL</v>
+        <v>MAHESH ALWAR SALES TEAM</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1">
-        <v>45995</v>
+        <v>46059</v>
       </c>
       <c r="B13" t="str">
-        <v>JITENDER KUMAR</v>
+        <v>SAGAR SINGH</v>
       </c>
       <c r="C13" t="str">
-        <v>GOYPK1128H</v>
+        <v>FMUPS1391P</v>
       </c>
       <c r="D13">
-        <v>255147</v>
+        <v>29500</v>
       </c>
       <c r="E13">
         <v>2</v>
       </c>
       <c r="F13">
-        <v>250044.06</v>
+        <v>28910</v>
       </c>
       <c r="G13">
-        <v>5102.94</v>
+        <v>590</v>
       </c>
       <c r="H13" t="str">
         <v>194H</v>
       </c>
       <c r="I13" t="str">
-        <v>Jitendera Bhiwadi</v>
+        <v>KARAN MATHURA</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1">
-        <v>45995</v>
+        <v>46059</v>
       </c>
       <c r="B14" t="str">
-        <v>ISHWAR SINGH</v>
+        <v>PAVAN KUMAR</v>
       </c>
       <c r="C14" t="str">
-        <v>CEPPS6348L</v>
+        <v>BDWPK9235R</v>
       </c>
       <c r="D14">
-        <v>83200</v>
+        <v>18000</v>
       </c>
       <c r="E14">
         <v>2</v>
       </c>
       <c r="F14">
-        <v>81536</v>
+        <v>17640</v>
       </c>
       <c r="G14">
-        <v>1664</v>
+        <v>360</v>
       </c>
       <c r="H14" t="str">
         <v>194H</v>
       </c>
       <c r="I14" t="str">
-        <v>ISHWAR SINGH</v>
+        <v>KARAN MATHURA</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1">
-        <v>45995</v>
+        <v>46059</v>
       </c>
       <c r="B15" t="str">
-        <v>PREETI</v>
+        <v>KUMUD</v>
       </c>
       <c r="C15" t="str">
-        <v>CJGPP4680L</v>
+        <v>BYZPK0681B</v>
       </c>
       <c r="D15">
-        <v>212520</v>
+        <v>15000</v>
       </c>
       <c r="E15">
         <v>2</v>
       </c>
       <c r="F15">
-        <v>208269.6</v>
+        <v>14700</v>
       </c>
       <c r="G15">
-        <v>4250.4</v>
+        <v>300</v>
       </c>
       <c r="H15" t="str">
         <v>194H</v>
       </c>
       <c r="I15" t="str">
-        <v>KRANTI REWARI</v>
+        <v>KARAN MATHURA</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1">
-        <v>45995</v>
+        <v>46059</v>
       </c>
       <c r="B16" t="str">
-        <v>PINKY YADAV</v>
+        <v>DEEPAK KUMAR</v>
       </c>
       <c r="C16" t="str">
-        <v>DGLPP3608H</v>
+        <v>ARWPK6201G</v>
       </c>
       <c r="D16">
-        <v>11570</v>
+        <v>46938</v>
       </c>
       <c r="E16">
         <v>2</v>
       </c>
       <c r="F16">
-        <v>11338.6</v>
+        <v>45999.24</v>
       </c>
       <c r="G16">
-        <v>231.4</v>
+        <v>938.76</v>
       </c>
       <c r="H16" t="str">
         <v>194H</v>
       </c>
       <c r="I16" t="str">
-        <v>SOMVIR SINGH REWARI</v>
+        <v>DEEPAK CANDITMONEY</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1">
-        <v>45995</v>
+        <v>46059</v>
       </c>
       <c r="B17" t="str">
-        <v>SUMITRA</v>
+        <v>VIJAY RAJA AND COMPANY</v>
       </c>
       <c r="C17" t="str">
-        <v>HWMPS6170L</v>
+        <v>ACXPR7355N</v>
       </c>
       <c r="D17">
-        <v>1045871</v>
+        <v>46200</v>
       </c>
       <c r="E17">
         <v>2</v>
       </c>
       <c r="F17">
-        <v>1024953.58</v>
+        <v>45276</v>
       </c>
       <c r="G17">
-        <v>20917.42</v>
+        <v>924</v>
       </c>
       <c r="H17" t="str">
         <v>194H</v>
       </c>
       <c r="I17" t="str">
-        <v>SOMVIR SINGH REWARI</v>
+        <v>VIJAY ONWER</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1">
-        <v>45995</v>
+        <v>46059</v>
       </c>
       <c r="B18" t="str">
-        <v>SURENDRA KUMAR</v>
+        <v>PREETI</v>
       </c>
       <c r="C18" t="str">
-        <v>BQBPK3761L</v>
+        <v>CJGPP4680L</v>
       </c>
       <c r="D18">
-        <v>150000</v>
+        <v>95404</v>
       </c>
       <c r="E18">
         <v>2</v>
       </c>
       <c r="F18">
-        <v>147000</v>
+        <v>93495.92</v>
       </c>
       <c r="G18">
-        <v>3000</v>
+        <v>1908.08</v>
       </c>
       <c r="H18" t="str">
         <v>194H</v>
       </c>
       <c r="I18" t="str">
-        <v>SURENDER ALWAR SALES TEAM</v>
+        <v>KRANTI REWARI</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1">
-        <v>45995</v>
+        <v>46059</v>
       </c>
       <c r="B19" t="str">
-        <v>MAHESH KUMAR</v>
+        <v>PINKY YADAV</v>
       </c>
       <c r="C19" t="str">
-        <v>CMFPK2767P</v>
+        <v>DGLPP3608H</v>
       </c>
       <c r="D19">
-        <v>400000</v>
+        <v>27768</v>
       </c>
       <c r="E19">
         <v>2</v>
       </c>
       <c r="F19">
-        <v>392000</v>
+        <v>27212.64</v>
       </c>
       <c r="G19">
-        <v>8000</v>
+        <v>555.36</v>
       </c>
       <c r="H19" t="str">
         <v>194H</v>
       </c>
       <c r="I19" t="str">
-        <v>MAHESH ALWAR SALES TEAM</v>
+        <v>SOMVIR SINGH REWARI</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1">
-        <v>45996</v>
+        <v>46059</v>
       </c>
       <c r="B20" t="str">
-        <v>YOGENDER KUMAR</v>
+        <v>SUMITRA</v>
       </c>
       <c r="C20" t="str">
-        <v>JWLPK8241R</v>
+        <v>HWMPS6170L</v>
       </c>
       <c r="D20">
-        <v>255258</v>
+        <v>177472.8</v>
       </c>
       <c r="E20">
         <v>2</v>
       </c>
       <c r="F20">
-        <v>250152.84</v>
+        <v>173923.34</v>
       </c>
       <c r="G20">
-        <v>5105.16</v>
+        <v>3549.46</v>
       </c>
       <c r="H20" t="str">
         <v>194H</v>
       </c>
       <c r="I20" t="str">
-        <v>YOGENDER NARNAUL DSA</v>
+        <v>SOMVIR SINGH REWARI</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1">
-        <v>45996</v>
+        <v>46059</v>
       </c>
       <c r="B21" t="str">
-        <v>NARESH YADAV</v>
+        <v>SHIV KUMAR</v>
       </c>
       <c r="C21" t="str">
-        <v>AOZPY0970N</v>
+        <v>DGEPK5294M</v>
       </c>
       <c r="D21">
-        <v>52640</v>
+        <v>196425.3</v>
       </c>
       <c r="E21">
         <v>2</v>
       </c>
       <c r="F21">
-        <v>51587.2</v>
+        <v>192496.79</v>
       </c>
       <c r="G21">
-        <v>1052.8</v>
+        <v>3928.51</v>
       </c>
       <c r="H21" t="str">
         <v>194H</v>
       </c>
       <c r="I21" t="str">
-        <v>SURENDER ALWAR SALES TEAM</v>
+        <v>SHIV KUMAR REWARI</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1">
-        <v>45996</v>
+        <v>46059</v>
       </c>
       <c r="B22" t="str">
-        <v>MAHESH KUMAR</v>
+        <v>RAKESH NEHRA</v>
       </c>
       <c r="C22" t="str">
-        <v>CMFPK2767P</v>
+        <v>AMXPN2689M</v>
       </c>
       <c r="D22">
-        <v>581857</v>
+        <v>50000</v>
       </c>
       <c r="E22">
         <v>2</v>
       </c>
       <c r="F22">
-        <v>570219.86</v>
+        <v>49000</v>
       </c>
       <c r="G22">
-        <v>11637.14</v>
+        <v>1000</v>
       </c>
       <c r="H22" t="str">
         <v>194H</v>
       </c>
       <c r="I22" t="str">
-        <v>MAHESH ALWAR SALES TEAM</v>
+        <v>RAKESH NEHRA SALES TEAM</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1">
-        <v>45996</v>
+        <v>46059</v>
       </c>
       <c r="B23" t="str">
-        <v>SUBHASH CHAND YADAV</v>
+        <v>SURENDRA KUMAR</v>
       </c>
       <c r="C23" t="str">
-        <v>AOFPY5226B</v>
+        <v>BQBPK3761L</v>
       </c>
       <c r="D23">
-        <v>62846.5</v>
+        <v>150000</v>
       </c>
       <c r="E23">
         <v>2</v>
       </c>
       <c r="F23">
-        <v>61589.57</v>
+        <v>147000</v>
       </c>
       <c r="G23">
-        <v>1256.93</v>
+        <v>3000</v>
       </c>
       <c r="H23" t="str">
         <v>194H</v>
       </c>
       <c r="I23" t="str">
-        <v>MANOJ PAOTA</v>
+        <v>SURENDER ALWAR SALES TEAM</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1">
-        <v>45996</v>
+        <v>46059</v>
       </c>
       <c r="B24" t="str">
-        <v>JYOTI SHARMA</v>
+        <v>SABNAM</v>
       </c>
       <c r="C24" t="str">
-        <v>KQLPK2554N</v>
+        <v>NEBPS1070C</v>
       </c>
       <c r="D24">
-        <v>6247</v>
+        <v>180211</v>
       </c>
       <c r="E24">
         <v>2</v>
       </c>
       <c r="F24">
-        <v>6122.06</v>
+        <v>176606.78</v>
       </c>
       <c r="G24">
-        <v>124.94</v>
+        <v>3604.22</v>
       </c>
       <c r="H24" t="str">
         <v>194H</v>
       </c>
       <c r="I24" t="str">
-        <v>SANDEEP SHARMA</v>
+        <v>LAKHMI MEWAT</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1">
-        <v>45996</v>
+        <v>46060</v>
       </c>
       <c r="B25" t="str">
-        <v>MAHESH KUMAR</v>
+        <v>RITTIK KUMAR</v>
       </c>
       <c r="C25" t="str">
-        <v>CMFPK2767P</v>
+        <v>EPXPK3957L</v>
       </c>
       <c r="D25">
-        <v>130000</v>
+        <v>418666</v>
       </c>
       <c r="E25">
         <v>2</v>
       </c>
       <c r="F25">
-        <v>127400</v>
+        <v>410292.68</v>
       </c>
       <c r="G25">
-        <v>2600</v>
+        <v>8373.32</v>
       </c>
       <c r="H25" t="str">
         <v>194H</v>
       </c>
       <c r="I25" t="str">
-        <v>MAHESH ALWAR SALES TEAM</v>
+        <v>SUNIL SIR AXIS</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1">
-        <v>45997</v>
+        <v>46060</v>
       </c>
       <c r="B26" t="str">
-        <v>RAHUL</v>
+        <v>AMAN KUMAR PANDE</v>
       </c>
       <c r="C26" t="str">
-        <v>CJEPR3426A</v>
+        <v>HDLPP4679F</v>
       </c>
       <c r="D26">
-        <v>6495.91</v>
+        <v>20000</v>
       </c>
       <c r="E26">
         <v>2</v>
       </c>
       <c r="F26">
-        <v>6365.99</v>
+        <v>19600</v>
       </c>
       <c r="G26">
-        <v>129.92</v>
+        <v>400</v>
       </c>
       <c r="H26" t="str">
         <v>194H</v>
       </c>
       <c r="I26" t="str">
-        <v>JEET PARSAD</v>
+        <v>JAI BHAGWAN BHIWANI SALES TEAM</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1">
-        <v>45997</v>
+        <v>46060</v>
       </c>
       <c r="B27" t="str">
-        <v>KARANPAL SINGH ARYA</v>
+        <v>YUSUF ALI</v>
       </c>
       <c r="C27" t="str">
-        <v>AJMPA9918N</v>
+        <v>BZVPA5156N</v>
       </c>
       <c r="D27">
-        <v>20000</v>
+        <v>50000</v>
       </c>
       <c r="E27">
         <v>2</v>
       </c>
       <c r="F27">
-        <v>19600</v>
+        <v>49000</v>
       </c>
       <c r="G27">
-        <v>400</v>
+        <v>1000</v>
       </c>
       <c r="H27" t="str">
         <v>194H</v>
       </c>
       <c r="I27" t="str">
-        <v>KARAN MATHURA</v>
+        <v>YUSUF BHIWADI</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1">
-        <v>45999</v>
+        <v>46060</v>
       </c>
       <c r="B28" t="str">
-        <v>RAJESH</v>
+        <v>RAJESH KUMAR</v>
       </c>
       <c r="C28" t="str">
-        <v>BWGPR5811R</v>
+        <v>BJPPK5751F</v>
       </c>
       <c r="D28">
-        <v>28443</v>
+        <v>100000</v>
       </c>
       <c r="E28">
         <v>2</v>
       </c>
       <c r="F28">
-        <v>27874.14</v>
+        <v>98000</v>
       </c>
       <c r="G28">
-        <v>568.86</v>
+        <v>2000</v>
       </c>
       <c r="H28" t="str">
         <v>194H</v>
       </c>
       <c r="I28" t="str">
-        <v>RAJESH NEW SALES TEAM</v>
+        <v>Rajesh Dholpur</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1">
-        <v>45999</v>
+        <v>46060</v>
       </c>
       <c r="B29" t="str">
-        <v>HARI OM SHARMA</v>
+        <v>SANDEEP KUMAR</v>
       </c>
       <c r="C29" t="str">
-        <v>KWOPS0353C</v>
+        <v>BBSPK8988B</v>
       </c>
       <c r="D29">
-        <v>158985.5</v>
+        <v>100338</v>
       </c>
       <c r="E29">
         <v>2</v>
       </c>
       <c r="F29">
-        <v>155805.79</v>
+        <v>98331.24</v>
       </c>
       <c r="G29">
-        <v>3179.71</v>
+        <v>2006.76</v>
       </c>
       <c r="H29" t="str">
         <v>194H</v>
       </c>
       <c r="I29" t="str">
-        <v>HARIOM SHARMA KOSHI KALAN</v>
+        <v>SANDEEP KUMAR REWARI</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1">
-        <v>45999</v>
+        <v>46060</v>
       </c>
       <c r="B30" t="str">
-        <v>SUKHJEET</v>
+        <v>POOJA KUMARI</v>
       </c>
       <c r="C30" t="str">
-        <v>BOPPS0715A</v>
+        <v>CPHPP2263Q</v>
       </c>
       <c r="D30">
-        <v>39045.75</v>
+        <v>18750</v>
       </c>
       <c r="E30">
         <v>2</v>
       </c>
       <c r="F30">
-        <v>38264.83</v>
+        <v>18375</v>
       </c>
       <c r="G30">
-        <v>780.92</v>
+        <v>375</v>
       </c>
       <c r="H30" t="str">
         <v>194H</v>
       </c>
       <c r="I30" t="str">
-        <v>SUKHJEET BHIWADI</v>
+        <v>ABHIMANYU GURGAON</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1">
-        <v>45999</v>
+        <v>46060</v>
       </c>
       <c r="B31" t="str">
-        <v>PHOOL SINGH</v>
+        <v>TAJIT</v>
       </c>
       <c r="C31" t="str">
-        <v>EDPPS4342F</v>
+        <v>DFXPK9733M</v>
       </c>
       <c r="D31">
-        <v>152391</v>
+        <v>181859</v>
       </c>
       <c r="E31">
         <v>2</v>
       </c>
       <c r="F31">
-        <v>149343.18</v>
+        <v>178221.82</v>
       </c>
       <c r="G31">
-        <v>3047.82</v>
+        <v>3637.18</v>
       </c>
       <c r="H31" t="str">
         <v>194H</v>
       </c>
       <c r="I31" t="str">
-        <v>Phool Singh Bhiwadi</v>
+        <v>TAJIT JHAJJAR</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1">
-        <v>46000</v>
+        <v>46062</v>
       </c>
       <c r="B32" t="str">
-        <v>NISHANT RAO</v>
+        <v>SHEELA DEVI</v>
       </c>
       <c r="C32" t="str">
-        <v>CIEPR9456B</v>
+        <v>CFPPD2070H</v>
       </c>
       <c r="D32">
-        <v>25000</v>
+        <v>96136</v>
       </c>
       <c r="E32">
         <v>2</v>
       </c>
       <c r="F32">
-        <v>24500</v>
+        <v>94213.28</v>
       </c>
       <c r="G32">
-        <v>500</v>
+        <v>1922.72</v>
       </c>
       <c r="H32" t="str">
         <v>194H</v>
       </c>
       <c r="I32" t="str">
-        <v>Nishant Rao Office</v>
+        <v>NAVEEN YADAV MODEL TOWN</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1">
-        <v>46001</v>
+        <v>46062</v>
       </c>
       <c r="B33" t="str">
-        <v>SANDEEP RAJIAKI</v>
+        <v>KAVITA</v>
       </c>
       <c r="C33" t="str">
-        <v>LOGPS9181F</v>
+        <v>IOLPK0086R</v>
       </c>
       <c r="D33">
-        <v>40000</v>
+        <v>25000</v>
       </c>
       <c r="E33">
         <v>2</v>
       </c>
       <c r="F33">
-        <v>39200</v>
+        <v>24500</v>
       </c>
       <c r="G33">
-        <v>800</v>
+        <v>500</v>
       </c>
       <c r="H33" t="str">
         <v>194H</v>
       </c>
       <c r="I33" t="str">
-        <v>SANDEEP RAJIAKI</v>
+        <v>MOHIT XPERT FINANCE</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1">
-        <v>46001</v>
+        <v>46063</v>
       </c>
       <c r="B34" t="str">
-        <v>RAKESH NEHRA</v>
+        <v>DEEPAK</v>
       </c>
       <c r="C34" t="str">
-        <v>AMXPN2689M</v>
+        <v>BTAPD0371H</v>
       </c>
       <c r="D34">
-        <v>35000</v>
+        <v>33000</v>
       </c>
       <c r="E34">
         <v>2</v>
       </c>
       <c r="F34">
-        <v>34300</v>
+        <v>32340</v>
       </c>
       <c r="G34">
-        <v>700</v>
+        <v>660</v>
       </c>
       <c r="H34" t="str">
         <v>194H</v>
       </c>
       <c r="I34" t="str">
-        <v>RAKESH NEHRA SALES TEAM</v>
+        <v>Deepak Ritesh Narnual</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1">
-        <v>46001</v>
+        <v>46063</v>
       </c>
       <c r="B35" t="str">
-        <v>ROHIT SINGH CHAUHAN</v>
+        <v>VINOD KUMAR</v>
       </c>
       <c r="C35" t="str">
-        <v>BOXPC6403H</v>
+        <v>FXSPK7959C</v>
       </c>
       <c r="D35">
-        <v>10000</v>
+        <v>15320</v>
       </c>
       <c r="E35">
         <v>2</v>
       </c>
       <c r="F35">
-        <v>9800</v>
+        <v>15013.6</v>
       </c>
       <c r="G35">
-        <v>200</v>
+        <v>306.4</v>
       </c>
       <c r="H35" t="str">
         <v>194H</v>
       </c>
       <c r="I35" t="str">
-        <v>ROHIT CHAUHAN</v>
+        <v>Phool Singh Bhiwadi</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1">
-        <v>46001</v>
+        <v>46063</v>
       </c>
       <c r="B36" t="str">
-        <v>POOJA KUMARI</v>
+        <v>NISHA KUMARI</v>
       </c>
       <c r="C36" t="str">
-        <v>CPHPP2263Q</v>
+        <v>FONPK4360H</v>
       </c>
       <c r="D36">
-        <v>3859.97</v>
+        <v>11550</v>
       </c>
       <c r="E36">
         <v>2</v>
       </c>
       <c r="F36">
-        <v>3782.77</v>
+        <v>11319</v>
       </c>
       <c r="G36">
-        <v>77.2</v>
+        <v>231</v>
       </c>
       <c r="H36" t="str">
         <v>194H</v>
       </c>
       <c r="I36" t="str">
-        <v>ABHIMANYU GURGAON</v>
+        <v>Phool Singh Bhiwadi</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1">
-        <v>46002</v>
+        <v>46063</v>
       </c>
       <c r="B37" t="str">
-        <v>YASHPAL SAINI</v>
+        <v>MONIKA</v>
       </c>
       <c r="C37" t="str">
-        <v>BYTPS8219K</v>
+        <v>CYKPJ9465N</v>
       </c>
       <c r="D37">
-        <v>87415</v>
+        <v>12850</v>
       </c>
       <c r="E37">
         <v>2</v>
       </c>
       <c r="F37">
-        <v>85666.7</v>
+        <v>12593</v>
       </c>
       <c r="G37">
-        <v>1748.3</v>
+        <v>257</v>
       </c>
       <c r="H37" t="str">
         <v>194H</v>
       </c>
       <c r="I37" t="str">
-        <v>YASHPAL OFFICE SALES</v>
+        <v>Phool Singh Bhiwadi</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1">
-        <v>46002</v>
+        <v>46063</v>
       </c>
       <c r="B38" t="str">
-        <v>VIKASH KHANNA</v>
+        <v>SAPANA</v>
       </c>
       <c r="C38" t="str">
-        <v>BVRPV6594F</v>
+        <v>TNXPS5358J</v>
       </c>
       <c r="D38">
-        <v>3683</v>
+        <v>25000</v>
       </c>
       <c r="E38">
         <v>2</v>
       </c>
       <c r="F38">
-        <v>3609.34</v>
+        <v>24500</v>
       </c>
       <c r="G38">
-        <v>73.66</v>
+        <v>500</v>
       </c>
       <c r="H38" t="str">
         <v>194H</v>
       </c>
       <c r="I38" t="str">
-        <v>VIKAS KHANNA</v>
+        <v>Phool Singh Bhiwadi</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1">
-        <v>46003</v>
+        <v>46063</v>
       </c>
       <c r="B39" t="str">
-        <v>SARVESH KUMAR SINGH</v>
+        <v>PHOOL SINGH</v>
       </c>
       <c r="C39" t="str">
-        <v>FACPS5039C</v>
+        <v>EDPPS4342F</v>
       </c>
       <c r="D39">
-        <v>55725</v>
+        <v>88044</v>
       </c>
       <c r="E39">
         <v>2</v>
       </c>
       <c r="F39">
-        <v>54610.5</v>
+        <v>86283.12</v>
       </c>
       <c r="G39">
-        <v>1114.5</v>
+        <v>1760.88</v>
       </c>
       <c r="H39" t="str">
         <v>194H</v>
       </c>
       <c r="I39" t="str">
-        <v>SARVESH UP DSA</v>
+        <v>Phool Singh Bhiwadi</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="1">
-        <v>46003</v>
+        <v>46063</v>
       </c>
       <c r="B40" t="str">
-        <v>PRAKASH VEER</v>
+        <v>YOGENDER</v>
       </c>
       <c r="C40" t="str">
-        <v>BHNPP6380F</v>
+        <v>BIVPY5815R</v>
       </c>
       <c r="D40">
-        <v>480737</v>
+        <v>121386</v>
       </c>
       <c r="E40">
         <v>2</v>
       </c>
       <c r="F40">
-        <v>471122.26</v>
+        <v>118958.28</v>
       </c>
       <c r="G40">
-        <v>9614.74</v>
+        <v>2427.72</v>
       </c>
       <c r="H40" t="str">
         <v>194H</v>
       </c>
       <c r="I40" t="str">
-        <v>PARKASH VEER PARDHAN</v>
+        <v>YASH SALE STEAM</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="1">
-        <v>46006</v>
+        <v>46063</v>
       </c>
       <c r="B41" t="str">
-        <v>VIJAY KUMAR</v>
+        <v>SANJU YADAV BHUPENDER</v>
       </c>
       <c r="C41" t="str">
-        <v>DIAPK8732A</v>
+        <v>BBNPY1588G</v>
       </c>
       <c r="D41">
-        <v>64844</v>
+        <v>99515</v>
       </c>
       <c r="E41">
         <v>2</v>
       </c>
       <c r="F41">
-        <v>63547.12</v>
+        <v>97524.7</v>
       </c>
       <c r="G41">
-        <v>1296.88</v>
+        <v>1990.3</v>
       </c>
       <c r="H41" t="str">
         <v>194H</v>
       </c>
       <c r="I41" t="str">
-        <v>VIJAY HANUMNAGARH</v>
+        <v>Bhupender</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="1">
-        <v>46006</v>
+        <v>46063</v>
       </c>
       <c r="B42" t="str">
-        <v>NAVEEN YADAV</v>
+        <v>YOGENDER KUMAR</v>
       </c>
       <c r="C42" t="str">
-        <v>ABJPY7844C</v>
+        <v>JWLPK8241R</v>
       </c>
       <c r="D42">
-        <v>200000</v>
+        <v>100000</v>
       </c>
       <c r="E42">
         <v>2</v>
       </c>
       <c r="F42">
-        <v>196000</v>
+        <v>98000</v>
       </c>
       <c r="G42">
-        <v>4000</v>
+        <v>2000</v>
       </c>
       <c r="H42" t="str">
         <v>194H</v>
       </c>
       <c r="I42" t="str">
-        <v>NAVEEN YADAV MODEL TOWN</v>
+        <v>YOGENDER NARNAUL DSA</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1">
-        <v>46006</v>
+        <v>46065</v>
       </c>
       <c r="B43" t="str">
-        <v>NAVEEN YADAV</v>
+        <v>JYOTI SHARMA</v>
       </c>
       <c r="C43" t="str">
-        <v>ABJPY7844C</v>
+        <v>KQLPK2554N</v>
       </c>
       <c r="D43">
-        <v>200000</v>
+        <v>19729</v>
       </c>
       <c r="E43">
         <v>2</v>
       </c>
       <c r="F43">
-        <v>196000</v>
+        <v>19334.42</v>
       </c>
       <c r="G43">
-        <v>4000</v>
+        <v>394.58</v>
       </c>
       <c r="H43" t="str">
         <v>194H</v>
       </c>
       <c r="I43" t="str">
-        <v>NAVEEN YADAV MODEL TOWN</v>
+        <v>SANDEEP SHARMA</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="1">
-        <v>46006</v>
+        <v>46065</v>
       </c>
       <c r="B44" t="str">
-        <v>SHEELA DEVI</v>
+        <v>ANSHIKA</v>
       </c>
       <c r="C44" t="str">
-        <v>CFPPD2070H</v>
+        <v>FELPA1043H</v>
       </c>
       <c r="D44">
-        <v>325546</v>
+        <v>264983</v>
       </c>
       <c r="E44">
         <v>2</v>
       </c>
       <c r="F44">
-        <v>319035.08</v>
+        <v>259683.34</v>
       </c>
       <c r="G44">
-        <v>6510.92</v>
+        <v>5299.66</v>
       </c>
       <c r="H44" t="str">
         <v>194H</v>
       </c>
       <c r="I44" t="str">
-        <v>NAVEEN YADAV MODEL TOWN</v>
+        <v>YOGESH KARAWARA</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="1">
-        <v>46006</v>
+        <v>46065</v>
       </c>
       <c r="B45" t="str">
-        <v>YOGI</v>
+        <v>VIRENDRA PRATAP SOLANKI</v>
       </c>
       <c r="C45" t="str">
-        <v>AZZPY5706D</v>
+        <v>DZKPS6599Q</v>
       </c>
       <c r="D45">
-        <v>30000</v>
+        <v>87325</v>
       </c>
       <c r="E45">
         <v>2</v>
       </c>
       <c r="F45">
-        <v>29400</v>
+        <v>85578.5</v>
       </c>
       <c r="G45">
-        <v>600</v>
+        <v>1746.5</v>
       </c>
       <c r="H45" t="str">
         <v>194H</v>
       </c>
       <c r="I45" t="str">
-        <v>YOGI</v>
+        <v>Virendera Bikaner</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="1">
-        <v>46006</v>
+        <v>46065</v>
       </c>
       <c r="B46" t="str">
-        <v>PARDEEP</v>
+        <v>ROHIT KUMAR</v>
       </c>
       <c r="C46" t="str">
-        <v>CHRPP1676H</v>
+        <v>FAQPK7751B</v>
       </c>
       <c r="D46">
-        <v>47472</v>
+        <v>20000</v>
       </c>
       <c r="E46">
         <v>2</v>
       </c>
       <c r="F46">
-        <v>46522.56</v>
+        <v>19600</v>
       </c>
       <c r="G46">
-        <v>949.44</v>
+        <v>400</v>
       </c>
       <c r="H46" t="str">
         <v>194H</v>
       </c>
       <c r="I46" t="str">
-        <v>PARDEEP BHIWANI</v>
+        <v>ROHIT KUMAR ANMOL FINANCE</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="1">
-        <v>46006</v>
+        <v>46065</v>
       </c>
       <c r="B47" t="str">
-        <v>RAJBEER</v>
+        <v>MADHUR GARG</v>
       </c>
       <c r="C47" t="str">
-        <v>FPBPS6355K</v>
+        <v>AELPG4331D</v>
       </c>
       <c r="D47">
-        <v>27500</v>
+        <v>25000</v>
       </c>
       <c r="E47">
         <v>2</v>
       </c>
       <c r="F47">
-        <v>26950</v>
+        <v>24500</v>
       </c>
       <c r="G47">
-        <v>550</v>
+        <v>500</v>
       </c>
       <c r="H47" t="str">
         <v>194H</v>
       </c>
       <c r="I47" t="str">
-        <v>RAJBEER TIJARA SALES</v>
+        <v>Madhur Garg</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="1">
+        <v>46066</v>
+      </c>
+      <c r="B48" t="str">
+        <v>SUNITA DEVI</v>
+      </c>
+      <c r="C48" t="str">
+        <v>FJKPD8961H</v>
+      </c>
+      <c r="D48">
+        <v>125493</v>
+      </c>
+      <c r="E48">
+        <v>2</v>
+      </c>
+      <c r="F48">
+        <v>122983.14</v>
+      </c>
+      <c r="G48">
+        <v>2509.86</v>
+      </c>
+      <c r="H48" t="str">
+        <v>194H</v>
+      </c>
+      <c r="I48" t="str">
+        <v>ISHWAR SINGH</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="1">
+        <v>46066</v>
+      </c>
+      <c r="B49" t="str">
+        <v>POONAM</v>
+      </c>
+      <c r="C49" t="str">
+        <v>GKLPP2776K</v>
+      </c>
+      <c r="D49">
+        <v>259667.3</v>
+      </c>
+      <c r="E49">
+        <v>2</v>
+      </c>
+      <c r="F49">
+        <v>254473.95</v>
+      </c>
+      <c r="G49">
+        <v>5193.35</v>
+      </c>
+      <c r="H49" t="str">
+        <v>194H</v>
+      </c>
+      <c r="I49" t="str">
+        <v>KULDEEP GURGAON</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="1">
+        <v>46066</v>
+      </c>
+      <c r="B50" t="str">
+        <v>INTERBIX MANAGEMENT CONSULTANATS PRIVATE LIMITED</v>
+      </c>
+      <c r="C50" t="str">
+        <v>AAHCI8389L</v>
+      </c>
+      <c r="D50">
+        <v>1001</v>
+      </c>
+      <c r="E50">
+        <v>2</v>
+      </c>
+      <c r="F50">
+        <v>980.98</v>
+      </c>
+      <c r="G50">
+        <v>20.02</v>
+      </c>
+      <c r="H50" t="str">
+        <v>194H</v>
+      </c>
+      <c r="I50" t="str">
+        <v>SACHIN MOHAN</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="1">
+        <v>46066</v>
+      </c>
+      <c r="B51" t="str">
+        <v>SUKHJEET</v>
+      </c>
+      <c r="C51" t="str">
+        <v>BOPPS0715A</v>
+      </c>
+      <c r="D51">
+        <v>50038.5</v>
+      </c>
+      <c r="E51">
+        <v>2</v>
+      </c>
+      <c r="F51">
+        <v>49037.73</v>
+      </c>
+      <c r="G51">
+        <v>1000.77</v>
+      </c>
+      <c r="H51" t="str">
+        <v>194H</v>
+      </c>
+      <c r="I51" t="str">
+        <v>SUKHJEET BHIWADI</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="1">
+        <v>46066</v>
+      </c>
+      <c r="B52" t="str">
+        <v>PARDEEP</v>
+      </c>
+      <c r="C52" t="str">
+        <v>CHRPP1676H</v>
+      </c>
+      <c r="D52">
+        <v>120925</v>
+      </c>
+      <c r="E52">
+        <v>2</v>
+      </c>
+      <c r="F52">
+        <v>118506.5</v>
+      </c>
+      <c r="G52">
+        <v>2418.5</v>
+      </c>
+      <c r="H52" t="str">
+        <v>194H</v>
+      </c>
+      <c r="I52" t="str">
+        <v>PARDEEP BHIWANI</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="1">
+        <v>46066</v>
+      </c>
+      <c r="B53" t="str">
+        <v>KAPIL KUMAR</v>
+      </c>
+      <c r="C53" t="str">
+        <v>KYMPK2795C</v>
+      </c>
+      <c r="D53">
+        <v>30000</v>
+      </c>
+      <c r="E53">
+        <v>2</v>
+      </c>
+      <c r="F53">
+        <v>29400</v>
+      </c>
+      <c r="G53">
+        <v>600</v>
+      </c>
+      <c r="H53" t="str">
+        <v>194H</v>
+      </c>
+      <c r="I53" t="str">
+        <v>KAPIL KUMAR GARIMA FINANCE</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="1">
+        <v>46067</v>
+      </c>
+      <c r="B54" t="str">
+        <v>HARISH</v>
+      </c>
+      <c r="C54" t="str">
+        <v>EACPK8124H</v>
+      </c>
+      <c r="D54">
+        <v>20273.75</v>
+      </c>
+      <c r="E54">
+        <v>2</v>
+      </c>
+      <c r="F54">
+        <v>19868.27</v>
+      </c>
+      <c r="G54">
+        <v>405.48</v>
+      </c>
+      <c r="H54" t="str">
+        <v>194H</v>
+      </c>
+      <c r="I54" t="str">
+        <v>HARISH BANSIWAL</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="1">
+        <v>46067</v>
+      </c>
+      <c r="B55" t="str">
+        <v>RAKESH NEHRA</v>
+      </c>
+      <c r="C55" t="str">
+        <v>AMXPN2689M</v>
+      </c>
+      <c r="D55">
+        <v>308986.1</v>
+      </c>
+      <c r="E55">
+        <v>2</v>
+      </c>
+      <c r="F55">
+        <v>302806.38</v>
+      </c>
+      <c r="G55">
+        <v>6179.72</v>
+      </c>
+      <c r="H55" t="str">
+        <v>194H</v>
+      </c>
+      <c r="I55" t="str">
+        <v>RAKESH NEHRA SALES TEAM</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:J47"/>
-[...74 lines deleted...]
-    <ignoredError numberStoredAsText="1" sqref="A1:J2"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:J55"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>194H</vt:lpstr>
-      <vt:lpstr>194I</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance"/>
 </file>